--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -7,51 +7,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\GCE\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5A0A965E-AB7F-467A-A815-402D3339412C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7D8247F3-06A1-470A-9E0C-F1AB887EFB65}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="17640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Calendrier" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
   <extLst>
     <ext uri="GoogleSheetsCustomDataVersion2">
       <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId5" roundtripDataChecksum="iLzpVNYlEfVBIkrjAEU/MTEBUTNjdJsN9Ms9r7n1HHQ="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="43">
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>ME</t>
@@ -268,51 +268,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF2E75B5"/>
         <bgColor rgb="FF2E75B5"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5"/>
         <bgColor theme="5"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.34998626667073579"/>
         <bgColor rgb="FFA8D08D"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor rgb="FFAEABAB"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="17">
+  <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFF0000"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FFFF0000"/>
       </top>
       <bottom style="medium">
         <color rgb="FFFF0000"/>
       </bottom>
@@ -454,108 +454,137 @@
       <left/>
       <right style="medium">
         <color rgb="FF00B050"/>
       </right>
       <top style="medium">
         <color rgb="FF00B050"/>
       </top>
       <bottom style="medium">
         <color rgb="FF00B050"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFF0000"/>
       </left>
       <right style="medium">
         <color rgb="FFFF0000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FFFF0000"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thick">
+        <color rgb="FF00B050"/>
+      </left>
+      <right/>
+      <top style="thick">
+        <color rgb="FF00B050"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF00B050"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thick">
+        <color rgb="FF00B050"/>
+      </right>
+      <top style="thick">
+        <color rgb="FF00B050"/>
+      </top>
+      <bottom style="thick">
+        <color rgb="FF00B050"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="47">
+  <cellXfs count="50">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="12" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="12" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
@@ -733,52 +762,52 @@
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AY1000"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="94" workbookViewId="0">
-      <selection activeCell="X37" sqref="X37"/>
+    <sheetView tabSelected="1" zoomScale="76" workbookViewId="0">
+      <selection activeCell="R5" sqref="R5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.42578125" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="6.42578125" customWidth="1"/>
     <col min="2" max="8" width="5" customWidth="1"/>
     <col min="9" max="9" width="22.85546875" customWidth="1"/>
     <col min="10" max="10" width="7.5703125" customWidth="1"/>
     <col min="11" max="17" width="5.5703125" customWidth="1"/>
     <col min="18" max="18" width="20.5703125" customWidth="1"/>
     <col min="19" max="19" width="6.5703125" customWidth="1"/>
     <col min="20" max="26" width="6.42578125" customWidth="1"/>
     <col min="27" max="27" width="25.7109375" customWidth="1"/>
     <col min="28" max="51" width="6.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:51" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="2" t="s">
@@ -847,357 +876,357 @@
       <c r="AC1" s="2"/>
       <c r="AD1" s="2"/>
       <c r="AE1" s="2"/>
       <c r="AF1" s="2"/>
       <c r="AG1" s="2"/>
       <c r="AH1" s="2"/>
       <c r="AI1" s="2"/>
       <c r="AJ1" s="2"/>
       <c r="AK1" s="2"/>
       <c r="AL1" s="2"/>
       <c r="AM1" s="2"/>
       <c r="AN1" s="2"/>
       <c r="AO1" s="2"/>
       <c r="AP1" s="2"/>
       <c r="AQ1" s="2"/>
       <c r="AR1" s="2"/>
       <c r="AS1" s="2"/>
       <c r="AT1" s="2"/>
       <c r="AU1" s="2"/>
       <c r="AV1" s="2"/>
       <c r="AW1" s="2"/>
       <c r="AX1" s="2"/>
       <c r="AY1" s="2"/>
     </row>
     <row r="2" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A2" s="40" t="s">
+      <c r="A2" s="48" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4">
         <v>1</v>
       </c>
       <c r="F2" s="4">
         <v>2</v>
       </c>
       <c r="G2" s="4">
         <v>3</v>
       </c>
       <c r="H2" s="4">
         <v>4</v>
       </c>
       <c r="I2" s="4"/>
-      <c r="J2" s="40" t="s">
+      <c r="J2" s="48" t="s">
         <v>8</v>
       </c>
-      <c r="K2" s="44"/>
-[...4 lines deleted...]
-      <c r="P2" s="45">
+      <c r="K2" s="42"/>
+      <c r="L2" s="42"/>
+      <c r="M2" s="42"/>
+      <c r="N2" s="42"/>
+      <c r="O2" s="42"/>
+      <c r="P2" s="43">
         <v>1</v>
       </c>
-      <c r="Q2" s="46">
+      <c r="Q2" s="44">
         <v>2</v>
       </c>
-      <c r="R2" s="42" t="s">
+      <c r="R2" s="40" t="s">
         <v>9</v>
       </c>
-      <c r="S2" s="40" t="s">
+      <c r="S2" s="48" t="s">
         <v>7</v>
       </c>
       <c r="X2" s="6">
         <v>1</v>
       </c>
       <c r="Y2" s="6">
         <v>2</v>
       </c>
       <c r="Z2" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A3" s="41"/>
+      <c r="A3" s="49"/>
       <c r="B3" s="4">
         <v>5</v>
       </c>
       <c r="C3" s="4">
         <v>6</v>
       </c>
       <c r="D3" s="4">
         <v>7</v>
       </c>
       <c r="E3" s="4">
         <v>8</v>
       </c>
       <c r="F3" s="4">
         <v>9</v>
       </c>
       <c r="G3" s="4">
         <v>10</v>
       </c>
       <c r="H3" s="4">
         <v>11</v>
       </c>
       <c r="I3" s="4"/>
-      <c r="J3" s="41"/>
+      <c r="J3" s="49"/>
       <c r="K3" s="7">
         <v>3</v>
       </c>
       <c r="L3" s="7">
         <v>4</v>
       </c>
       <c r="M3" s="7">
         <v>5</v>
       </c>
       <c r="N3" s="7">
         <v>6</v>
       </c>
       <c r="O3" s="7">
         <v>7</v>
       </c>
       <c r="P3" s="7">
         <v>8</v>
       </c>
       <c r="Q3" s="7">
         <v>9</v>
       </c>
-      <c r="S3" s="41"/>
+      <c r="S3" s="49"/>
       <c r="T3" s="6">
         <v>4</v>
       </c>
       <c r="U3" s="6">
         <v>5</v>
       </c>
       <c r="V3" s="6">
         <v>6</v>
       </c>
       <c r="W3" s="6">
         <v>7</v>
       </c>
       <c r="X3" s="6">
         <v>8</v>
       </c>
       <c r="Y3" s="6">
         <v>9</v>
       </c>
       <c r="Z3" s="6">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A4" s="41"/>
+      <c r="A4" s="49"/>
       <c r="B4" s="4">
         <v>12</v>
       </c>
       <c r="C4" s="4">
         <v>13</v>
       </c>
       <c r="D4" s="4">
         <v>14</v>
       </c>
       <c r="E4" s="4">
         <v>15</v>
       </c>
       <c r="F4" s="4">
         <v>16</v>
       </c>
       <c r="G4" s="4">
         <v>17</v>
       </c>
       <c r="H4" s="4">
         <v>18</v>
       </c>
       <c r="I4" s="4"/>
-      <c r="J4" s="41"/>
+      <c r="J4" s="49"/>
       <c r="K4" s="8">
         <v>10</v>
       </c>
       <c r="L4" s="8">
         <v>11</v>
       </c>
       <c r="M4" s="8">
         <v>12</v>
       </c>
       <c r="N4" s="9">
         <v>13</v>
       </c>
       <c r="O4" s="8">
         <v>14</v>
       </c>
       <c r="P4" s="9">
         <v>15</v>
       </c>
       <c r="Q4" s="8">
         <v>16</v>
       </c>
-      <c r="S4" s="41"/>
+      <c r="S4" s="49"/>
       <c r="T4" s="6">
         <v>11</v>
       </c>
       <c r="U4" s="6">
         <v>12</v>
       </c>
       <c r="V4" s="6">
         <v>13</v>
       </c>
       <c r="W4" s="6">
         <v>14</v>
       </c>
       <c r="X4" s="6">
         <v>15</v>
       </c>
       <c r="Y4" s="6">
         <v>16</v>
       </c>
       <c r="Z4" s="6">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A5" s="41"/>
+      <c r="A5" s="49"/>
       <c r="B5" s="4">
         <v>19</v>
       </c>
       <c r="C5" s="4">
         <v>20</v>
       </c>
       <c r="D5" s="4">
         <v>21</v>
       </c>
       <c r="E5" s="4">
         <v>22</v>
       </c>
       <c r="F5" s="4">
         <v>23</v>
       </c>
       <c r="G5" s="4">
         <v>24</v>
       </c>
       <c r="H5" s="4">
         <v>25</v>
       </c>
       <c r="I5" s="4"/>
-      <c r="J5" s="41"/>
+      <c r="J5" s="49"/>
       <c r="K5" s="8">
         <v>17</v>
       </c>
       <c r="L5" s="8">
         <v>18</v>
       </c>
       <c r="M5" s="10">
         <v>19</v>
       </c>
       <c r="N5" s="11">
         <v>20</v>
       </c>
       <c r="O5" s="12">
         <v>21</v>
       </c>
       <c r="P5" s="13">
         <v>22</v>
       </c>
       <c r="Q5" s="14">
         <v>23</v>
       </c>
       <c r="R5" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="S5" s="41"/>
+      <c r="S5" s="49"/>
       <c r="T5" s="6">
         <v>18</v>
       </c>
       <c r="U5" s="6">
         <v>19</v>
       </c>
       <c r="V5" s="6">
         <v>20</v>
       </c>
       <c r="W5" s="6">
         <v>21</v>
       </c>
       <c r="X5" s="6">
         <v>22</v>
       </c>
       <c r="Y5" s="15">
         <v>23</v>
       </c>
       <c r="Z5" s="6">
         <v>24</v>
       </c>
       <c r="AA5" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A6" s="41"/>
+      <c r="A6" s="49"/>
       <c r="B6" s="4">
         <v>26</v>
       </c>
       <c r="C6" s="4">
         <v>27</v>
       </c>
       <c r="D6" s="4">
         <v>28</v>
       </c>
       <c r="E6" s="4">
         <v>29</v>
       </c>
       <c r="F6" s="4">
         <v>30</v>
       </c>
       <c r="G6" s="4">
         <v>31</v>
       </c>
       <c r="H6" s="4"/>
       <c r="I6" s="4"/>
-      <c r="J6" s="41"/>
+      <c r="J6" s="49"/>
       <c r="K6" s="16">
         <v>24</v>
       </c>
       <c r="L6" s="16">
         <v>25</v>
       </c>
       <c r="M6" s="16">
         <v>26</v>
       </c>
       <c r="N6" s="17">
         <v>27</v>
       </c>
       <c r="O6" s="16">
         <v>28</v>
       </c>
       <c r="P6" s="17">
         <v>29</v>
       </c>
       <c r="Q6" s="16">
         <v>30</v>
       </c>
-      <c r="S6" s="41"/>
+      <c r="S6" s="49"/>
       <c r="T6" s="6">
         <v>25</v>
       </c>
       <c r="U6" s="6">
         <v>26</v>
       </c>
       <c r="V6" s="6">
         <v>27</v>
       </c>
       <c r="W6" s="6">
         <v>28</v>
       </c>
       <c r="X6" s="6">
         <v>29</v>
       </c>
       <c r="Y6" s="6">
         <v>30</v>
       </c>
       <c r="Z6" s="6">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:51" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="3"/>
       <c r="B7" s="4"/>
@@ -1207,1248 +1236,1249 @@
       <c r="F7" s="4"/>
       <c r="G7" s="4"/>
       <c r="H7" s="4"/>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="16"/>
       <c r="L7" s="16"/>
       <c r="M7" s="16"/>
       <c r="N7" s="16"/>
       <c r="O7" s="16"/>
       <c r="P7" s="16"/>
       <c r="Q7" s="16"/>
     </row>
     <row r="8" spans="1:51" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
       <c r="B8" s="4"/>
       <c r="C8" s="4"/>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
       <c r="F8" s="4"/>
       <c r="G8" s="4"/>
       <c r="H8" s="4">
         <v>1</v>
       </c>
       <c r="I8" s="4"/>
-      <c r="J8" s="40" t="s">
+      <c r="J8" s="48" t="s">
         <v>12</v>
       </c>
       <c r="K8" s="16">
         <v>1</v>
       </c>
       <c r="L8" s="16">
         <v>2</v>
       </c>
       <c r="M8" s="16">
         <v>3</v>
       </c>
       <c r="N8" s="16">
         <v>4</v>
       </c>
       <c r="O8" s="16">
         <v>5</v>
       </c>
       <c r="P8" s="18">
         <v>6</v>
       </c>
       <c r="Q8" s="16">
         <v>7</v>
       </c>
       <c r="R8" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="S8" s="40" t="s">
+      <c r="S8" s="48" t="s">
         <v>14</v>
       </c>
       <c r="T8" s="6">
         <v>1</v>
       </c>
       <c r="U8" s="6">
         <v>2</v>
       </c>
       <c r="V8" s="6">
         <v>3</v>
       </c>
       <c r="W8" s="6">
         <v>4</v>
       </c>
       <c r="X8" s="6">
         <v>5</v>
       </c>
       <c r="Y8" s="19">
         <v>6</v>
       </c>
       <c r="Z8" s="20">
         <v>7</v>
       </c>
       <c r="AA8" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A9" s="40" t="s">
+      <c r="A9" s="48" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="4">
         <v>2</v>
       </c>
       <c r="C9" s="4">
         <v>3</v>
       </c>
       <c r="D9" s="4">
         <v>4</v>
       </c>
       <c r="E9" s="4">
         <v>5</v>
       </c>
       <c r="F9" s="4">
         <v>6</v>
       </c>
       <c r="G9" s="4">
         <v>7</v>
       </c>
       <c r="H9" s="4">
         <v>8</v>
       </c>
       <c r="I9" s="4"/>
-      <c r="J9" s="41"/>
+      <c r="J9" s="49"/>
       <c r="K9" s="4">
         <v>8</v>
       </c>
       <c r="L9" s="4">
         <v>9</v>
       </c>
       <c r="M9" s="4">
         <v>10</v>
       </c>
       <c r="N9" s="4">
         <v>11</v>
       </c>
       <c r="O9" s="4">
         <v>12</v>
       </c>
       <c r="P9" s="4">
         <v>13</v>
       </c>
       <c r="Q9" s="4">
         <v>14</v>
       </c>
-      <c r="S9" s="41"/>
+      <c r="S9" s="49"/>
       <c r="T9" s="6">
         <v>8</v>
       </c>
       <c r="U9" s="6">
         <v>9</v>
       </c>
       <c r="V9" s="6">
         <v>10</v>
       </c>
       <c r="W9" s="6">
         <v>11</v>
       </c>
       <c r="X9" s="6">
         <v>12</v>
       </c>
       <c r="Y9" s="6">
         <v>13</v>
       </c>
       <c r="Z9" s="6">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A10" s="41"/>
+      <c r="A10" s="49"/>
       <c r="B10" s="4">
         <v>9</v>
       </c>
       <c r="C10" s="4">
         <v>10</v>
       </c>
       <c r="D10" s="4">
         <v>11</v>
       </c>
       <c r="E10" s="4">
         <v>12</v>
       </c>
       <c r="F10" s="4">
         <v>13</v>
       </c>
       <c r="G10" s="4">
         <v>14</v>
       </c>
       <c r="H10" s="4">
         <v>15</v>
       </c>
       <c r="I10" s="4"/>
-      <c r="J10" s="41"/>
+      <c r="J10" s="49"/>
       <c r="K10" s="4">
         <v>15</v>
       </c>
       <c r="L10" s="4">
         <v>16</v>
       </c>
       <c r="M10" s="4">
         <v>17</v>
       </c>
       <c r="N10" s="21">
         <v>18</v>
       </c>
       <c r="O10" s="4">
         <v>19</v>
       </c>
       <c r="P10" s="4">
         <v>20</v>
       </c>
       <c r="Q10" s="4">
         <v>21</v>
       </c>
-      <c r="S10" s="41"/>
+      <c r="S10" s="49"/>
       <c r="T10" s="6">
         <v>15</v>
       </c>
       <c r="U10" s="6">
         <v>16</v>
       </c>
       <c r="V10" s="6">
         <v>17</v>
       </c>
       <c r="W10" s="6">
         <v>18</v>
       </c>
       <c r="X10" s="6">
         <v>19</v>
       </c>
       <c r="Y10" s="6">
         <v>20</v>
       </c>
       <c r="Z10" s="6">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A11" s="41"/>
+      <c r="A11" s="49"/>
       <c r="B11" s="4">
         <v>16</v>
       </c>
       <c r="C11" s="4">
         <v>17</v>
       </c>
       <c r="D11" s="4">
         <v>18</v>
       </c>
       <c r="E11" s="4">
         <v>19</v>
       </c>
       <c r="F11" s="4">
         <v>20</v>
       </c>
       <c r="G11" s="4">
         <v>21</v>
       </c>
       <c r="H11" s="4">
         <v>22</v>
       </c>
       <c r="I11" s="4"/>
-      <c r="J11" s="41"/>
+      <c r="J11" s="49"/>
       <c r="K11" s="4">
         <v>22</v>
       </c>
       <c r="L11" s="4">
         <v>23</v>
       </c>
       <c r="M11" s="4">
         <v>24</v>
       </c>
       <c r="N11" s="4">
         <v>25</v>
       </c>
       <c r="O11" s="4">
         <v>26</v>
       </c>
       <c r="P11" s="4">
         <v>27</v>
       </c>
       <c r="Q11" s="4">
         <v>28</v>
       </c>
-      <c r="S11" s="41"/>
+      <c r="S11" s="49"/>
       <c r="T11" s="6">
         <v>22</v>
       </c>
       <c r="U11" s="6">
         <v>23</v>
       </c>
       <c r="V11" s="6">
         <v>24</v>
       </c>
       <c r="W11" s="6">
         <v>25</v>
       </c>
       <c r="X11" s="6">
         <v>26</v>
       </c>
       <c r="Y11" s="19">
         <v>27</v>
       </c>
       <c r="Z11" s="20">
         <v>28</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A12" s="41"/>
+      <c r="A12" s="49"/>
       <c r="B12" s="4">
         <v>23</v>
       </c>
       <c r="C12" s="4">
         <v>24</v>
       </c>
       <c r="D12" s="4">
         <v>25</v>
       </c>
       <c r="E12" s="4">
         <v>26</v>
       </c>
       <c r="F12" s="4">
         <v>27</v>
       </c>
       <c r="G12" s="4">
         <v>28</v>
       </c>
       <c r="H12" s="4">
         <v>29</v>
       </c>
       <c r="I12" s="4"/>
-      <c r="J12" s="41"/>
+      <c r="J12" s="49"/>
       <c r="K12" s="4">
         <v>29</v>
       </c>
       <c r="L12" s="4">
         <v>30</v>
       </c>
       <c r="M12" s="4">
         <v>31</v>
       </c>
       <c r="N12" s="4"/>
       <c r="O12" s="4"/>
       <c r="P12" s="4"/>
       <c r="Q12" s="4"/>
-      <c r="S12" s="41"/>
+      <c r="S12" s="49"/>
       <c r="T12" s="6">
         <v>29</v>
       </c>
       <c r="U12" s="6">
         <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A13" s="41"/>
+      <c r="A13" s="49"/>
       <c r="B13" s="4">
         <v>30</v>
       </c>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="4"/>
       <c r="F13" s="4"/>
       <c r="G13" s="4"/>
       <c r="H13" s="4"/>
       <c r="I13" s="4"/>
       <c r="J13" s="4"/>
       <c r="K13" s="4"/>
       <c r="L13" s="4"/>
       <c r="M13" s="4"/>
       <c r="N13" s="4"/>
       <c r="O13" s="4"/>
       <c r="P13" s="4"/>
       <c r="Q13" s="4"/>
     </row>
     <row r="14" spans="1:51" x14ac:dyDescent="0.25">
       <c r="A14" s="3"/>
-      <c r="J14" s="40" t="s">
+      <c r="J14" s="48" t="s">
         <v>17</v>
       </c>
       <c r="N14" s="6">
         <v>1</v>
       </c>
       <c r="O14" s="6">
         <v>2</v>
       </c>
       <c r="P14" s="6">
         <v>3</v>
       </c>
       <c r="Q14" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A15" s="40" t="s">
+      <c r="A15" s="48" t="s">
         <v>18</v>
       </c>
       <c r="C15" s="6">
         <v>1</v>
       </c>
       <c r="D15" s="6">
         <v>2</v>
       </c>
       <c r="E15" s="6">
         <v>3</v>
       </c>
       <c r="F15" s="6">
         <v>4</v>
       </c>
       <c r="G15" s="6">
         <v>5</v>
       </c>
       <c r="H15" s="6">
         <v>6</v>
       </c>
-      <c r="J15" s="41"/>
+      <c r="J15" s="49"/>
       <c r="K15" s="6">
         <v>5</v>
       </c>
       <c r="L15" s="6">
         <v>6</v>
       </c>
       <c r="M15" s="6">
         <v>7</v>
       </c>
       <c r="N15" s="6">
         <v>8</v>
       </c>
       <c r="O15" s="6">
         <v>9</v>
       </c>
       <c r="P15" s="6">
         <v>10</v>
       </c>
       <c r="Q15" s="6">
         <v>11</v>
       </c>
     </row>
-    <row r="16" spans="1:51" x14ac:dyDescent="0.25">
-      <c r="A16" s="41"/>
+    <row r="16" spans="1:51" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="49"/>
       <c r="B16" s="6">
         <v>7</v>
       </c>
       <c r="C16" s="6">
         <v>8</v>
       </c>
       <c r="D16" s="6">
         <v>9</v>
       </c>
       <c r="E16" s="6">
         <v>10</v>
       </c>
       <c r="F16" s="6">
         <v>11</v>
       </c>
       <c r="G16" s="6">
         <v>12</v>
       </c>
       <c r="H16" s="6">
         <v>13</v>
       </c>
-      <c r="J16" s="41"/>
+      <c r="J16" s="49"/>
       <c r="K16" s="6">
         <v>12</v>
       </c>
       <c r="L16" s="6">
         <v>13</v>
       </c>
       <c r="M16" s="6">
         <v>14</v>
       </c>
       <c r="N16" s="6">
         <v>15</v>
       </c>
       <c r="O16" s="6">
         <v>16</v>
       </c>
       <c r="P16" s="6">
         <v>17</v>
       </c>
       <c r="Q16" s="6">
         <v>18</v>
       </c>
     </row>
-    <row r="17" spans="1:18" x14ac:dyDescent="0.25">
-      <c r="A17" s="41"/>
+    <row r="17" spans="1:18" ht="16.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="49"/>
       <c r="B17" s="6">
         <v>14</v>
       </c>
       <c r="C17" s="6">
         <v>15</v>
       </c>
       <c r="D17" s="6">
         <v>16</v>
       </c>
       <c r="E17" s="6">
         <v>17</v>
       </c>
       <c r="F17" s="6">
         <v>18</v>
       </c>
       <c r="G17" s="6">
         <v>19</v>
       </c>
       <c r="H17" s="6">
         <v>20</v>
       </c>
-      <c r="J17" s="41"/>
+      <c r="J17" s="49"/>
       <c r="K17" s="6">
         <v>19</v>
       </c>
       <c r="L17" s="6">
         <v>20</v>
       </c>
       <c r="M17" s="6">
         <v>21</v>
       </c>
       <c r="N17" s="6">
         <v>22</v>
       </c>
       <c r="O17" s="6">
         <v>23</v>
       </c>
-      <c r="P17" s="6">
+      <c r="P17" s="46">
         <v>24</v>
       </c>
-      <c r="Q17" s="6">
+      <c r="Q17" s="47">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" s="41"/>
+      <c r="R17" s="40" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="18" spans="1:18" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="49"/>
       <c r="B18" s="6">
         <v>21</v>
       </c>
       <c r="C18" s="6">
         <v>22</v>
       </c>
       <c r="D18" s="6">
         <v>23</v>
       </c>
       <c r="E18" s="6">
         <v>24</v>
       </c>
       <c r="F18" s="6">
         <v>25</v>
       </c>
       <c r="G18" s="6">
         <v>26</v>
       </c>
       <c r="H18" s="6">
         <v>27</v>
       </c>
-      <c r="J18" s="41"/>
+      <c r="J18" s="49"/>
       <c r="K18" s="6">
         <v>26</v>
       </c>
       <c r="L18" s="6">
         <v>27</v>
       </c>
       <c r="M18" s="6">
         <v>28</v>
       </c>
       <c r="N18" s="6">
         <v>29</v>
       </c>
       <c r="O18" s="6">
         <v>30</v>
       </c>
-      <c r="P18" s="22">
+      <c r="P18" s="45">
         <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.25">
-      <c r="A19" s="41"/>
+      <c r="A19" s="49"/>
       <c r="B19" s="6">
         <v>28</v>
       </c>
       <c r="C19" s="6">
         <v>29</v>
       </c>
       <c r="D19" s="6">
         <v>30</v>
       </c>
       <c r="E19" s="6">
         <v>31</v>
       </c>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A20" s="3"/>
-      <c r="Q20" s="22">
+      <c r="Q20" s="45">
         <v>1</v>
       </c>
-      <c r="R20" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="R20" s="6"/>
     </row>
     <row r="21" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="40" t="s">
+      <c r="A21" s="48" t="s">
         <v>20</v>
       </c>
       <c r="F21" s="6">
         <v>1</v>
       </c>
       <c r="G21" s="6">
         <v>2</v>
       </c>
       <c r="H21" s="6">
         <v>3</v>
       </c>
-      <c r="J21" s="40" t="s">
+      <c r="J21" s="48" t="s">
         <v>21</v>
       </c>
       <c r="K21" s="6">
         <v>2</v>
       </c>
       <c r="L21" s="6">
         <v>3</v>
       </c>
       <c r="M21" s="6">
         <v>4</v>
       </c>
       <c r="N21" s="6">
         <v>5</v>
       </c>
       <c r="O21" s="6">
         <v>6</v>
       </c>
       <c r="P21" s="15">
         <v>7</v>
       </c>
       <c r="Q21" s="6">
         <v>8</v>
       </c>
       <c r="R21" s="6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="41"/>
+      <c r="A22" s="49"/>
       <c r="B22" s="6">
         <v>4</v>
       </c>
       <c r="C22" s="6">
         <v>5</v>
       </c>
       <c r="D22" s="6">
         <v>6</v>
       </c>
       <c r="E22" s="6">
         <v>7</v>
       </c>
       <c r="F22" s="6">
         <v>8</v>
       </c>
       <c r="G22" s="6">
         <v>9</v>
       </c>
       <c r="H22" s="6">
         <v>10</v>
       </c>
-      <c r="J22" s="41"/>
+      <c r="J22" s="49"/>
       <c r="K22" s="6">
         <v>9</v>
       </c>
       <c r="L22" s="6">
         <v>10</v>
       </c>
       <c r="M22" s="6">
         <v>11</v>
       </c>
       <c r="N22" s="6">
         <v>12</v>
       </c>
       <c r="O22" s="6">
         <v>13</v>
       </c>
       <c r="P22" s="6">
         <v>14</v>
       </c>
       <c r="Q22" s="6">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="41"/>
+      <c r="A23" s="49"/>
       <c r="B23" s="6">
         <v>11</v>
       </c>
       <c r="C23" s="6">
         <v>12</v>
       </c>
       <c r="D23" s="6">
         <v>13</v>
       </c>
       <c r="E23" s="6">
         <v>14</v>
       </c>
       <c r="F23" s="6">
         <v>15</v>
       </c>
       <c r="G23" s="6">
         <v>16</v>
       </c>
       <c r="H23" s="6">
         <v>17</v>
       </c>
-      <c r="J23" s="41"/>
+      <c r="J23" s="49"/>
       <c r="K23" s="6">
         <v>16</v>
       </c>
       <c r="L23" s="6">
         <v>17</v>
       </c>
       <c r="M23" s="6">
         <v>18</v>
       </c>
       <c r="N23" s="6">
         <v>19</v>
       </c>
       <c r="O23" s="6">
         <v>20</v>
       </c>
       <c r="P23" s="6">
         <v>21</v>
       </c>
       <c r="Q23" s="6">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="41"/>
+      <c r="A24" s="49"/>
       <c r="B24" s="6">
         <v>18</v>
       </c>
       <c r="C24" s="6">
         <v>19</v>
       </c>
       <c r="D24" s="6">
         <v>20</v>
       </c>
       <c r="E24" s="6">
         <v>21</v>
       </c>
       <c r="F24" s="6">
         <v>22</v>
       </c>
       <c r="G24" s="6">
         <v>23</v>
       </c>
       <c r="H24" s="6">
         <v>24</v>
       </c>
-      <c r="J24" s="41"/>
+      <c r="J24" s="49"/>
       <c r="K24" s="6">
         <v>23</v>
       </c>
       <c r="L24" s="6">
         <v>24</v>
       </c>
       <c r="M24" s="6">
         <v>25</v>
       </c>
       <c r="N24" s="6">
         <v>26</v>
       </c>
       <c r="O24" s="6">
         <v>27</v>
       </c>
       <c r="P24" s="6">
         <v>28</v>
       </c>
     </row>
     <row r="25" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="41"/>
+      <c r="A25" s="49"/>
       <c r="B25" s="6">
         <v>25</v>
       </c>
       <c r="C25" s="6">
         <v>26</v>
       </c>
       <c r="D25" s="6">
         <v>27</v>
       </c>
       <c r="E25" s="6">
         <v>28</v>
       </c>
       <c r="F25" s="6">
         <v>29</v>
       </c>
       <c r="G25" s="23">
         <v>30</v>
       </c>
       <c r="H25" s="24">
         <v>31</v>
       </c>
       <c r="I25" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="J25" s="41"/>
+      <c r="J25" s="49"/>
     </row>
     <row r="26" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="3"/>
     </row>
     <row r="27" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="40" t="s">
+      <c r="A27" s="48" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="25">
         <v>1</v>
       </c>
       <c r="C27" s="25">
         <v>2</v>
       </c>
       <c r="D27" s="25">
         <v>3</v>
       </c>
       <c r="E27" s="25">
         <v>4</v>
       </c>
       <c r="F27" s="25">
         <v>5</v>
       </c>
       <c r="G27" s="26">
         <v>6</v>
       </c>
       <c r="H27" s="25">
         <v>7</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="J27" s="40" t="s">
+      <c r="J27" s="48" t="s">
         <v>26</v>
       </c>
       <c r="Q27" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="41"/>
+      <c r="A28" s="49"/>
       <c r="B28" s="27">
         <v>8</v>
       </c>
       <c r="C28" s="27">
         <v>9</v>
       </c>
       <c r="D28" s="27">
         <v>10</v>
       </c>
       <c r="E28" s="27">
         <v>11</v>
       </c>
       <c r="F28" s="27">
         <v>12</v>
       </c>
       <c r="G28" s="27">
         <v>13</v>
       </c>
       <c r="H28" s="27">
         <v>14</v>
       </c>
-      <c r="J28" s="41"/>
+      <c r="J28" s="49"/>
       <c r="K28" s="6">
         <v>2</v>
       </c>
       <c r="L28" s="6">
         <v>3</v>
       </c>
       <c r="M28" s="6">
         <v>4</v>
       </c>
       <c r="N28" s="6">
         <v>5</v>
       </c>
       <c r="O28" s="6">
         <v>6</v>
       </c>
       <c r="P28" s="19">
         <v>7</v>
       </c>
       <c r="Q28" s="20">
         <v>8</v>
       </c>
       <c r="R28" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="29" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="41"/>
+      <c r="A29" s="49"/>
       <c r="B29" s="25">
         <v>15</v>
       </c>
       <c r="C29" s="25">
         <v>16</v>
       </c>
       <c r="D29" s="25">
         <v>17</v>
       </c>
       <c r="E29" s="25">
         <v>18</v>
       </c>
       <c r="F29" s="25">
         <v>19</v>
       </c>
       <c r="G29" s="25">
         <v>20</v>
       </c>
       <c r="H29" s="25">
         <v>21</v>
       </c>
-      <c r="J29" s="41"/>
+      <c r="J29" s="49"/>
       <c r="K29" s="6">
         <v>9</v>
       </c>
       <c r="L29" s="6">
         <v>10</v>
       </c>
       <c r="M29" s="6">
         <v>11</v>
       </c>
       <c r="N29" s="6">
         <v>12</v>
       </c>
       <c r="O29" s="6">
         <v>13</v>
       </c>
       <c r="P29" s="28">
         <v>14</v>
       </c>
       <c r="Q29" s="29">
         <v>15</v>
       </c>
       <c r="R29" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="30" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="41"/>
+      <c r="A30" s="49"/>
       <c r="B30" s="27">
         <v>22</v>
       </c>
       <c r="C30" s="27">
         <v>23</v>
       </c>
       <c r="D30" s="27">
         <v>24</v>
       </c>
       <c r="E30" s="27">
         <v>25</v>
       </c>
       <c r="F30" s="27">
         <v>26</v>
       </c>
       <c r="G30" s="27">
         <v>27</v>
       </c>
       <c r="H30" s="27">
         <v>28</v>
       </c>
-      <c r="J30" s="41"/>
+      <c r="J30" s="49"/>
       <c r="K30" s="6">
         <v>16</v>
       </c>
       <c r="L30" s="6">
         <v>17</v>
       </c>
       <c r="M30" s="6">
         <v>18</v>
       </c>
       <c r="N30" s="6">
         <v>19</v>
       </c>
       <c r="O30" s="6">
         <v>20</v>
       </c>
       <c r="P30" s="6">
         <v>21</v>
       </c>
       <c r="Q30" s="6">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A31" s="41"/>
+      <c r="A31" s="49"/>
       <c r="B31" s="25">
         <v>29</v>
       </c>
       <c r="C31" s="25">
         <v>30</v>
       </c>
       <c r="D31" s="25"/>
       <c r="E31" s="25"/>
       <c r="F31" s="25"/>
       <c r="G31" s="25"/>
       <c r="H31" s="25"/>
-      <c r="J31" s="41"/>
+      <c r="J31" s="49"/>
       <c r="K31" s="6">
         <v>23</v>
       </c>
       <c r="L31" s="6">
         <v>24</v>
       </c>
       <c r="M31" s="6">
         <v>25</v>
       </c>
       <c r="N31" s="6">
         <v>26</v>
       </c>
       <c r="O31" s="6">
         <v>27</v>
       </c>
       <c r="P31" s="6">
         <v>28</v>
       </c>
       <c r="Q31" s="6">
         <v>29</v>
       </c>
     </row>
     <row r="32" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="3"/>
-      <c r="J32" s="41"/>
+      <c r="J32" s="49"/>
       <c r="K32" s="6">
         <v>30</v>
       </c>
       <c r="L32" s="6">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="40" t="s">
+      <c r="A33" s="48" t="s">
         <v>29</v>
       </c>
       <c r="B33" s="30"/>
       <c r="C33" s="30"/>
       <c r="D33" s="30">
         <v>1</v>
       </c>
       <c r="E33" s="30">
         <v>2</v>
       </c>
       <c r="F33" s="30">
         <v>3</v>
       </c>
       <c r="G33" s="30">
         <v>4</v>
       </c>
       <c r="H33" s="30">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="41"/>
-      <c r="B34" s="43">
+      <c r="A34" s="49"/>
+      <c r="B34" s="41">
         <v>6</v>
       </c>
-      <c r="C34" s="43">
+      <c r="C34" s="41">
         <v>7</v>
       </c>
-      <c r="D34" s="43">
+      <c r="D34" s="41">
         <v>8</v>
       </c>
-      <c r="E34" s="43">
+      <c r="E34" s="41">
         <v>9</v>
       </c>
-      <c r="F34" s="43">
+      <c r="F34" s="41">
         <v>10</v>
       </c>
-      <c r="G34" s="43">
+      <c r="G34" s="41">
         <v>11</v>
       </c>
-      <c r="H34" s="43">
+      <c r="H34" s="41">
         <v>12</v>
       </c>
-      <c r="J34" s="40" t="s">
+      <c r="J34" s="48" t="s">
         <v>30</v>
       </c>
       <c r="M34" s="6">
         <v>1</v>
       </c>
       <c r="N34" s="6">
         <v>2</v>
       </c>
       <c r="O34" s="6">
         <v>3</v>
       </c>
       <c r="P34" s="19">
         <v>4</v>
       </c>
       <c r="Q34" s="20">
         <v>5</v>
       </c>
       <c r="R34" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="41"/>
+      <c r="A35" s="49"/>
       <c r="B35" s="5">
         <v>13</v>
       </c>
       <c r="C35" s="5">
         <v>14</v>
       </c>
       <c r="D35" s="5">
         <v>15</v>
       </c>
       <c r="E35" s="31">
         <v>16</v>
       </c>
       <c r="F35" s="5">
         <v>17</v>
       </c>
       <c r="G35" s="32">
         <v>18</v>
       </c>
       <c r="H35" s="5">
         <v>19</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="J35" s="41"/>
+      <c r="J35" s="49"/>
       <c r="K35" s="6">
         <v>6</v>
       </c>
       <c r="L35" s="6">
         <v>7</v>
       </c>
       <c r="M35" s="6">
         <v>8</v>
       </c>
       <c r="N35" s="6">
         <v>9</v>
       </c>
       <c r="O35" s="6">
         <v>10</v>
       </c>
       <c r="P35" s="6">
         <v>11</v>
       </c>
       <c r="Q35" s="6">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="41"/>
+      <c r="A36" s="49"/>
       <c r="B36" s="5">
         <v>20</v>
       </c>
       <c r="C36" s="5">
         <v>21</v>
       </c>
       <c r="D36" s="33">
         <v>22</v>
       </c>
       <c r="E36" s="34">
         <v>23</v>
       </c>
       <c r="F36" s="35">
         <v>24</v>
       </c>
       <c r="G36" s="5">
         <v>25</v>
       </c>
       <c r="H36" s="5">
         <v>26</v>
       </c>
-      <c r="J36" s="41"/>
+      <c r="J36" s="49"/>
       <c r="K36" s="6">
         <v>13</v>
       </c>
       <c r="L36" s="6">
         <v>14</v>
       </c>
       <c r="M36" s="6">
         <v>15</v>
       </c>
       <c r="N36" s="6">
         <v>16</v>
       </c>
       <c r="O36" s="6">
         <v>17</v>
       </c>
       <c r="P36" s="6">
         <v>18</v>
       </c>
       <c r="Q36" s="6">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="41"/>
+      <c r="A37" s="49"/>
       <c r="B37" s="5">
         <v>27</v>
       </c>
       <c r="C37" s="5">
         <v>28</v>
       </c>
       <c r="D37" s="5">
         <v>29</v>
       </c>
       <c r="E37" s="36">
         <v>30</v>
       </c>
       <c r="F37" s="5">
         <v>31</v>
       </c>
       <c r="G37" s="5"/>
       <c r="H37" s="5"/>
-      <c r="J37" s="41"/>
+      <c r="J37" s="49"/>
       <c r="K37" s="6">
         <v>20</v>
       </c>
       <c r="L37" s="6">
         <v>21</v>
       </c>
       <c r="M37" s="6">
         <v>22</v>
       </c>
       <c r="N37" s="6">
         <v>23</v>
       </c>
       <c r="O37" s="6">
         <v>24</v>
       </c>
       <c r="P37" s="15">
         <v>25</v>
       </c>
       <c r="Q37" s="6">
         <v>26</v>
       </c>
       <c r="R37" s="6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="38" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="3"/>
-      <c r="J38" s="41"/>
+      <c r="J38" s="49"/>
       <c r="K38" s="6">
         <v>27</v>
       </c>
       <c r="L38" s="6">
         <v>28</v>
       </c>
       <c r="M38" s="6">
         <v>29</v>
       </c>
       <c r="N38" s="6">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="3"/>
       <c r="B39" s="2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="40" spans="1:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="3"/>
       <c r="B40" s="22"/>
       <c r="C40" s="6" t="s">
         <v>35</v>
       </c>